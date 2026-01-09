--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -1,76 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId5"/>
+    <p:sldId id="256" r:id="rId2"/>
   </p:sldIdLst>
-  <p:sldSz cx="12192000" cy="6858000"/>
+  <p:sldSz cx="10693400" cy="7556500"/>
   <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Manrope" panose="020B0604020202020204" charset="0"/>
+      <p:regular r:id="rId3"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Public Sans" panose="020B0604020202020204" charset="0"/>
+      <p:regular r:id="rId4"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Public Sans Italics" panose="020B0604020202020204" charset="0"/>
+      <p:regular r:id="rId5"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -124,202 +136,149 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr horzBarState="maximized">
-[...1 lines deleted...]
-    <p:restoredTop sz="94660"/>
+  <p:normalViewPr>
+    <p:restoredLeft sz="15620" autoAdjust="0"/>
+    <p:restoredTop sz="94622" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+    <p:cSldViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="65" d="100"/>
-          <a:sy n="65" d="100"/>
+          <a:sx n="80" d="100"/>
+          <a:sy n="80" d="100"/>
         </p:scale>
-        <p:origin x="724" y="16"/>
+        <p:origin x="1133" y="58"/>
       </p:cViewPr>
-      <p:guideLst/>
+      <p:guideLst>
+        <p:guide orient="horz" pos="2160"/>
+        <p:guide pos="2880"/>
+      </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:outlineViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="33" d="100"/>
+        <a:sy n="33" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="1" d="1"/>
-        <a:sy n="1" d="1"/>
+        <a:sx n="3" d="2"/>
+        <a:sy n="3" d="2"/>
       </p:scale>
-      <p:origin x="0" y="0"/>
+      <p:origin x="0" y="-5"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
-[...84 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -341,1478 +300,1354 @@
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1524000" y="1122363"/>
-            <a:ext cx="9144000" cy="2387600"/>
+            <a:off x="685800" y="2130425"/>
+            <a:ext cx="7772400" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
-[...4 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1524000" y="3602038"/>
-            <a:ext cx="9144000" cy="1655762"/>
+            <a:off x="1371600" y="3886200"/>
+            <a:ext cx="6400800" cy="1752600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2400"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2000"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="1800"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="1600"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="1600"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="1600"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="1600"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="1600"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="1600"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Vertical Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8724900" y="365125"/>
-            <a:ext cx="2628900" cy="5811838"/>
+            <a:off x="6629400" y="274638"/>
+            <a:ext cx="2057400" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365125"/>
-            <a:ext cx="7734300" cy="5811838"/>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="6019800" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="831850" y="1709738"/>
-            <a:ext cx="10515600" cy="2852737"/>
+            <a:off x="722313" y="4406900"/>
+            <a:ext cx="7772400" cy="1362075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4000" b="1" cap="all"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="722313" y="2906713"/>
+            <a:ext cx="7772400" cy="1500187"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr>
-[...36 lines deleted...]
-          <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2400">
+              <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000">
+              <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1800">
+              <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="5181600" cy="4351338"/>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172200" y="1825625"/>
-            <a:ext cx="5181600" cy="4351338"/>
+            <a:off x="4648200" y="1600200"/>
+            <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2800"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="365125"/>
-[...34 lines deleted...]
-            <a:ext cx="5157787" cy="823912"/>
+            <a:off x="457200" y="1535113"/>
+            <a:ext cx="4040188" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
@@ -1822,131 +1657,146 @@
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Content Placeholder 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="2505075"/>
-            <a:ext cx="5157787" cy="3684588"/>
+            <a:off x="457200" y="2174875"/>
+            <a:ext cx="4040188" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172200" y="1681163"/>
-            <a:ext cx="5183188" cy="823912"/>
+            <a:off x="4645025" y="1535113"/>
+            <a:ext cx="4041775" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
@@ -1956,537 +1806,475 @@
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Content Placeholder 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6172200" y="2505075"/>
-            <a:ext cx="5183188" cy="3684588"/>
+            <a:off x="4645025" y="2174875"/>
+            <a:ext cx="4041775" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Date Placeholder 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-            <a:ext cx="3932237" cy="1600200"/>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="3008313" cy="1162050"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5183188" y="987425"/>
-            <a:ext cx="6172200" cy="4873625"/>
+            <a:off x="3575050" y="273050"/>
+            <a:ext cx="5111750" cy="5853113"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
@@ -2510,976 +2298,843 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="2057400"/>
-            <a:ext cx="3932237" cy="3811588"/>
+            <a:off x="457200" y="1435100"/>
+            <a:ext cx="3008313" cy="4691063"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600"/>
+              <a:defRPr sz="1400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400"/>
+              <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="1000"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Date Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="457200"/>
-            <a:ext cx="3932237" cy="1600200"/>
+            <a:off x="1792288" y="4800600"/>
+            <a:ext cx="5486400" cy="566738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr>
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5183188" y="987425"/>
-            <a:ext cx="6172200" cy="4873625"/>
+            <a:off x="1792288" y="612775"/>
+            <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="839788" y="2057400"/>
-            <a:ext cx="3932237" cy="3811588"/>
+            <a:off x="1792288" y="5367338"/>
+            <a:ext cx="5486400" cy="804862"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600"/>
+              <a:defRPr sz="1400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400"/>
+              <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="1000"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1000"/>
+              <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Date Placeholder 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title Placeholder 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365125"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825625"/>
-            <a:ext cx="10515600" cy="4351338"/>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="6356350"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{35D0A854-B15D-42CC-9F0C-F2DE248EC6F2}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>03/04/2025</a:t>
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>1/8/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4038600" y="6356350"/>
-            <a:ext cx="4114800" cy="365125"/>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-GB"/>
-[...11 lines deleted...]
-          </p:cNvPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8610600" y="6356350"/>
-            <a:ext cx="2743200" cy="365125"/>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{7EB93695-28FD-4E98-B8F6-BA1E942D6B78}" type="slidenum">
-              <a:rPr lang="en-GB" smtClean="0"/>
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-GB"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
+        <a:defRPr sz="3200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
         <a:defRPr sz="2800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
-      </a:lvl1pPr>
-[...3 lines deleted...]
-        </a:lnSpc>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="2400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
-      </a:lvl2pPr>
-[...3 lines deleted...]
-        </a:lnSpc>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="»"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
-      </a:lvl3pPr>
-[...52 lines deleted...]
-        </a:defRPr>
       </a:lvl6pPr>
       <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:lnSpc>
-[...1 lines deleted...]
-        </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1800" kern="1200">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
       <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:lnSpc>
-[...1 lines deleted...]
-        </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1800" kern="1200">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:lnSpc>
-[...1 lines deleted...]
-        </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="500"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1800" kern="1200">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
         <a:defRPr lang="en-US"/>
       </a:defPPr>
       <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
       <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
@@ -3545,1303 +3200,954 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...9 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...10 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Freeform 2"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...11 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="0" y="-5561"/>
+            <a:ext cx="5727700" cy="4411256"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="9410204" h="6657719">
+                <a:moveTo>
+                  <a:pt x="9410204" y="6657719"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6657719"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="9410204" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="9410204" y="6657719"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Freeform 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="5728548" cy="3047107"/>
+            <a:off x="7937500" y="4768855"/>
+            <a:ext cx="2755900" cy="2787645"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="8548410" h="6048000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="8548410" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8548410" y="6048000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6048000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Freeform 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1421177" y="6443102"/>
+            <a:ext cx="1602725" cy="664143"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1602725" h="664143">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1602725" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1602725" y="664143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="664143"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId3"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="AutoShape 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1306841" y="6988764"/>
+            <a:ext cx="1717060" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525" cap="rnd">
+            <a:solidFill>
+              <a:srgbClr val="503163"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="AutoShape 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3678629" y="4919109"/>
+            <a:ext cx="3672000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100" cap="flat">
+            <a:solidFill>
+              <a:srgbClr val="503163"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Freeform 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7197886" y="152743"/>
+            <a:ext cx="3341371" cy="1150620"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3341371" h="1150620">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="3341371" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3341371" y="1150620"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1150620"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId4"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="AutoShape 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4676682" y="6988764"/>
+            <a:ext cx="1717060" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="9525" cap="rnd">
+            <a:solidFill>
+              <a:srgbClr val="503163"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Freeform 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="850900" y="678697"/>
+            <a:ext cx="4678276" cy="2380073"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="4678276" h="2380073">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="4678276" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4678276" y="2380073"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2380073"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId5"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1668017" y="3334903"/>
+            <a:ext cx="7722318" cy="608499"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
-[...11 lines deleted...]
-          </p:cNvPicPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="4824"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3446" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="503163"/>
+                </a:solidFill>
+                <a:latin typeface="Public Sans"/>
+                <a:ea typeface="Public Sans"/>
+                <a:cs typeface="Public Sans"/>
+                <a:sym typeface="Public Sans"/>
+              </a:rPr>
+              <a:t>This certificate is awarded to:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 11"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...11 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="3778806"/>
-            <a:ext cx="5728548" cy="3079194"/>
+            <a:off x="677402" y="7018474"/>
+            <a:ext cx="2975940" cy="233909"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
-[...439 lines deleted...]
-          </p:cNvPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1807"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1290">
+                <a:solidFill>
+                  <a:srgbClr val="503163"/>
+                </a:solidFill>
+                <a:latin typeface="Public Sans"/>
+                <a:ea typeface="Public Sans"/>
+                <a:cs typeface="Public Sans"/>
+                <a:sym typeface="Public Sans"/>
+              </a:rPr>
+              <a:t>Head of Sport and Pupil Experience</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5740383" y="809923"/>
-            <a:ext cx="6332621" cy="4462760"/>
+            <a:off x="5116836" y="7018474"/>
+            <a:ext cx="928420" cy="233909"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...10 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1807"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1290">
+                <a:solidFill>
+                  <a:srgbClr val="503163"/>
+                </a:solidFill>
+                <a:latin typeface="Public Sans"/>
+                <a:ea typeface="Public Sans"/>
+                <a:cs typeface="Public Sans"/>
+                <a:sym typeface="Public Sans"/>
               </a:rPr>
-              <a:t>This certificate is awarded to</a:t>
-[...113 lines deleted...]
-          </p:cNvCxnSpPr>
+              <a:t>Date</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 13"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvCxnSpPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6844480" y="2505187"/>
-[...37 lines deleted...]
-            <a:ext cx="6463452" cy="721360"/>
+            <a:off x="4276944" y="6693110"/>
+            <a:ext cx="2475370" cy="265650"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...35 lines deleted...]
-          </p:cNvPicPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2240"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Manrope"/>
+                <a:ea typeface="Manrope"/>
+                <a:cs typeface="Manrope"/>
+                <a:sym typeface="Manrope"/>
+              </a:rPr>
+              <a:t>Saturday 6th June 2026</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 14"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...13 lines deleted...]
-        <p:spPr bwMode="auto">
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="5583550" y="6094994"/>
-            <a:ext cx="2521860" cy="868182"/>
+            <a:off x="2187614" y="5174905"/>
+            <a:ext cx="6561151" cy="772472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3097"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2212" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:srgbClr val="503163"/>
                 </a:solidFill>
-              </a14:hiddenFill>
-[...42 lines deleted...]
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:latin typeface="Public Sans"/>
+                <a:ea typeface="Public Sans"/>
+                <a:cs typeface="Public Sans"/>
+                <a:sym typeface="Public Sans"/>
+              </a:rPr>
+              <a:t>For participating at the IAPS Swimming Finals,   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2212" i="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:srgbClr val="503163"/>
                 </a:solidFill>
-              </a14:hiddenFill>
-[...50 lines deleted...]
-      </p:pic>
+                <a:latin typeface="Public Sans Italics"/>
+                <a:ea typeface="Public Sans Italics"/>
+                <a:cs typeface="Public Sans Italics"/>
+                <a:sym typeface="Public Sans Italics"/>
+              </a:rPr>
+              <a:t>London Aquatics Centre</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3fef5323-46ac-4be9-8d33-1c0d0ddced28" xmlns:ns3="a36733bd-ae07-4921-a8c9-1b12de1d48d7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="420682d31fe8382f4f35202f2a2595b8" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003275796CC31D66448B90FAD5307E8E87" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a84a0ad7b9e34e3d201685f213b99253">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3fef5323-46ac-4be9-8d33-1c0d0ddced28" xmlns:ns3="a36733bd-ae07-4921-a8c9-1b12de1d48d7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2d1f10ed1b0934b9708de4a8afaad2e" ns2:_="" ns3:_="">
     <xsd:import namespace="3fef5323-46ac-4be9-8d33-1c0d0ddced28"/>
     <xsd:import namespace="a36733bd-ae07-4921-a8c9-1b12de1d48d7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -5050,138 +4356,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3fef5323-46ac-4be9-8d33-1c0d0ddced28">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="a36733bd-ae07-4921-a8c9-1b12de1d48d7" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA7B01F8-86AE-4EA2-8B83-7461264803D2}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01E61CB2-F16B-4292-8DE2-FF213906C90C}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CEB2D01-0F51-4D7B-B0C1-90339A493BCE}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40A861E8-A096-44D3-885C-5930AE9EE14A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9A9F312-8E2B-40D0-9938-31D5FC97014E}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64ACAA6F-FCEE-41BC-8198-F668C36BF6A8}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>20</Words>
+  <Words>28</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>10</Paragraphs>
+  <PresentationFormat>Custom</PresentationFormat>
+  <Paragraphs>5</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="7" baseType="lpstr">
+      <vt:lpstr>Public Sans Italics</vt:lpstr>
+      <vt:lpstr>Public Sans</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Manrope</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PowerPoint Presentation</dc:title>
-  <dc:creator>Michael Kershaw</dc:creator>
+  <dc:title>Swimming finals certificate 2026</dc:title>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:identifier>DAG91zsLT6I</dc:identifier>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003275796CC31D66448B90FAD5307E8E87</vt:lpwstr>
   </property>
 </Properties>
 </file>